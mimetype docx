--- v0 (2026-01-09)
+++ v1 (2026-03-30)
@@ -4149,51 +4149,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E6229C" w:rsidP="00DF5AD7" w:rsidRDefault="00E6229C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E6229C" w:rsidSect="00086E00">
-      <w:footerReference r:id="Rd84269d387dc4a3e"/>
+      <w:footerReference r:id="R083e31e9c2624a0d"/>
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11909" w:h="16838"/>
       <w:pgMar w:top="1135" w:right="850" w:bottom="1418" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00370D06" w:rsidRDefault="00370D06" w:rsidP="001A5957">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -4256,51 +4256,51 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00164C17" w:rsidRDefault="00164C17">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>Сведения сформированы ФГИС ЦС https://fgiscs.minstroyrf.ru/ 09.01.2026 14:35 (МСК)</w:t>
+      <w:t>Сведения сформированы ФГИС ЦС https://fgiscs.minstroyrf.ru/ 30.03.2026 11:54 (МСК)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00370D06" w:rsidRDefault="00370D06" w:rsidP="001A5957">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00370D06" w:rsidRDefault="00370D06" w:rsidP="001A5957">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -7511,51 +7511,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1956789721">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rd84269d387dc4a3e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R083e31e9c2624a0d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>